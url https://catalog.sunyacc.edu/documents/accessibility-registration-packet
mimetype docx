--- v0 (2025-10-15)
+++ v1 (2026-02-07)
@@ -1,3231 +1,3026 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:spacing w:after="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Accessibility Services</w:t>
+      </w:r>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...18 lines deleted...]
-        </w:pBdr>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="260" w:line="261" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SUNY Adirondack</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
         <w:t>640 Bay Road, Queensbury NY 12804</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
         <w:t>Telephone: (518) 743-2282 // Fax: (518) 743-2241</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Accessibility Services at SUNY Adirondack provides students with disabilities with equal access to campus facilities and academic programs. If you feel that you are eligible for services you must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00A93CAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2163"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1640"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>omplete this form</w:t>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00A93CAA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2163"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1640"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubmit supporting documentation </w:t>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>to Accessibility Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2163"/>
         </w:tabs>
         <w:spacing w:line="283" w:lineRule="auto"/>
         <w:ind w:left="1640"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meet with ASO </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to be provided with approved Adjustments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00A93CAA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Please contact the office with any questions or concerns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>:   _________________________________________</w:t>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:   ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8285"/>
         </w:tabs>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Address:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4982"/>
         </w:tabs>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653D99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Zip:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Home Phone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Alternate/Cell Phone</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:____</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8285"/>
         </w:tabs>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>E-Mail Address:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4272"/>
         </w:tabs>
         <w:spacing w:after="540" w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Date of Birth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:___________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Banner ID #</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3422"/>
           <w:tab w:val="left" w:pos="5256"/>
         </w:tabs>
         <w:spacing w:after="320"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Enrollment Date</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>□ Fall 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>□ Spring 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ummer 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: □ Full Time</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-        <w:t>□ Spring 20</w:t>
-[...18 lines deleted...]
-        </w:pBdr>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> □ Part Time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="260"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        </w:pBdr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Supporting Agency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: (if applicable) □ CWI □ ACCES-VR □ CBVH □ VA □ Other </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Counselor’s Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="260"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...76 lines deleted...]
-        </w:pBdr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>All SUNY colleges and universities are required to offer students with disabilities the opportunity to register to vote. If you are not registered to vote where you live now, would you like to apply to register here today?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1435"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>□ Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00653D99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>□ No, because I choose not to register</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE50A8" w:rsidRDefault="00C948B2" w:rsidP="00A93CAA">
+      <w:pPr>
+        <w:spacing w:after="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>□ I am already registered at my current address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF7DFA" w:rsidRDefault="00DE50A8" w:rsidP="00A93CAA">
+      <w:pPr>
+        <w:spacing w:after="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...53 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I asked for and received a mail registration form</w:t>
+      </w:r>
       <w:bookmarkStart w:id="2" w:name="30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00A93CAA" w:rsidP="00A93CAA">
+      <w:pPr>
+        <w:spacing w:after="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DISABILITY INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00A93CAA" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="840"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Please list the disabling condition</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for which you have been diagnosed:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="2800"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>In your own words, please describe how your disability impacts your daily life both inside and outside the classroom:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="300"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ACADEMIC ADJUSTMENT INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="2560"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With your supporting documentation, please list the adjustments and services you are requesting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Note: These are only requests. The ASO at SUNY ADK will make the determination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>of appropriate accommodations at your scheduled appointment):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="000C1D93">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(Note: These are only requests. The ASO at SUNY ADK will make the determination of appropriate accommodations at your scheduled appointment):</w:t>
-[...52 lines deleted...]
-        </w:pBdr>
+        <w:t>SUNY Adirondack does not have to provide adjustments that alter or lower essential academic requirements nor provide adjustments that are an administrative burden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D93" w:rsidRDefault="000C1D93" w:rsidP="000C1D93">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2126"/>
         </w:tabs>
         <w:spacing w:after="580"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF7DFA" w:rsidRDefault="00C948B2" w:rsidP="00FF7DFA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2126"/>
+        </w:tabs>
+        <w:spacing w:after="580"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Based on your disability, will you need evacuation assistance or an emergency medical plan? □ Yes</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ No</w:t>
       </w:r>
-      <w:r>
-[...268 lines deleted...]
-        </w:pBdr>
+    </w:p>
+    <w:p w:rsidR="00DE50A8" w:rsidRDefault="00DE50A8" w:rsidP="00FF7DFA">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3413"/>
+          <w:tab w:val="left" w:pos="2126"/>
         </w:tabs>
         <w:spacing w:after="580"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="00FF7DFA" w:rsidRDefault="00C948B2" w:rsidP="00FF7DFA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2126"/>
+        </w:tabs>
+        <w:spacing w:after="580"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Release and Collection of Disability Related Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Collection Statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
+      <w:pPr>
+        <w:spacing w:after="480" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Under Section 504 of the rehabilitation Act of 1973, a post-secondary student with a disability is required to provide appropriate documentation, which supports a request for academic adjustments or auxiliary aids or the qualifications necessary to participate in academic programs or courses. In recognition of this requirement I give permission to the Accessibility Services Office to verify and request supporting information and documentation of my disability status as necessary. I understand that all documentation is maintained as confidential as outlined in the Accessibility Services Handbook.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A93CAA" w:rsidRDefault="00DE50A8" w:rsidP="000C1D93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:446.25pt;height:66pt">
+            <v:imagedata r:id="rId7" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{DF0A5CB6-F140-486B-8562-267099B2CFB9}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Student Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93CAA" w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="000C1D93" w:rsidRPr="000C1D93" w:rsidRDefault="000C1D93" w:rsidP="000C1D93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C1D93" w:rsidRPr="000C1D93" w:rsidRDefault="000C1D93" w:rsidP="000C1D93">
+      <w:pPr>
+        <w:spacing w:after="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Release Statement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I, understand that the Accessibility Services Office is legally allowed to consult with college faculty or staff that has legitimate educational interest in understanding the functional limitations presented to me by my disability. I understand that the sharing of information is limited to the purpose of assisting me to achieve my educational goals and to assure the effective implementation of assigned academic adjustment. I also understand that information related to my disability may be shared in the event of an investigation of a discrimination complaint, medical emergency or potential situations of harm to myself or others. I also recognize that my rights and responsibilities as a student with a disability are detailed in the Accessibility Services Handbook which can be found on the SUNY Adirondack website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE50A8" w:rsidRDefault="00DE50A8" w:rsidP="00DE50A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:417pt;height:1in">
+            <v:imagedata r:id="rId8" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{FDF8044B-4F78-4D4B-8650-380A178D674E}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C948B2" w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Student Signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE50A8" w:rsidRDefault="00DE50A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE50A8" w:rsidRDefault="00DE50A8" w:rsidP="00DE50A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
+      <w:pPr>
         <w:spacing w:after="420"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Additional Student Support Programming for Students at SUNY Adirondack:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="740"/>
         </w:tabs>
         <w:ind w:firstLine="380"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="1C1C1C"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Education Opportunity Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00BC63EA" w:rsidRPr="000C1D93" w:rsidRDefault="00C948B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="740"/>
         </w:tabs>
         <w:ind w:firstLine="380"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="1C1C1C"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Community HUB</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="00FF7DFA" w:rsidRDefault="00C948B2" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="740"/>
         </w:tabs>
         <w:spacing w:after="660"/>
         <w:ind w:firstLine="380"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="1C1C1C"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Counseling Services</w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidR="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000C1D93" w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Are you interested in learning more about any of the additional student support programming at</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93" w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>SUNY Adirondack?</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93" w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> □ Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1D93" w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>□ No</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="1fob9te" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="00FF7DFA" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:after="440"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF7DFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Documentation Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
+        <w:spacing w:after="320" w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are a recent high school graduate and you received accommodations in high school, you may be familiar with the term IEP or 504 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. You can request your high school send us your IEP or 504 plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>your most recent evaluation (typically called a Psycho</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...114 lines deleted...]
-    <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ducational Evaluation). This evaluation will include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="732"/>
         </w:tabs>
         <w:spacing w:line="266" w:lineRule="auto"/>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>actual scores from tests that are statistically reliable and valid and standardized for use with an adult population,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="740"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLine="380"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a narrative of your performance on the evaluation, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="740"/>
         </w:tabs>
         <w:spacing w:after="260" w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLine="380"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>the evaluator's name, title, professional credentials, and dates of the testing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:spacing w:after="260"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If you are not a recent graduate or you didn't receive services in high school, you can submit documentation that meets the following criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:spacing w:after="260"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="3znysh7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The report must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="734"/>
         </w:tabs>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>be current and relevant and written by a qualified professional (*who is not related to you);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="748"/>
         </w:tabs>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>include a clear diagnostic statement (can include DSM5 Axes) with a description of the duration and severity of condition and the current impact of (or limitation imposed by) the disability within the college setting;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000031" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="743"/>
         </w:tabs>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>include a statement regarding treatments or services used to minimize the impact of a disabling condition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="748"/>
         </w:tabs>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>list currently prescribed medications if the side effects of such medications create barriers to learning;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="743"/>
         </w:tabs>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>include recommendations for academic adjustments that are validated by current documentation; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="748"/>
         </w:tabs>
         <w:spacing w:after="540"/>
         <w:ind w:left="740" w:hanging="360"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>be typed on letterhead that includes the professional's name, professional credentials, contact information (address and telephone number), and dates of evaluation;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
         <w:spacing w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="2et92p0" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Documentation can be sent directly to our office the following ways:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:spacing w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Scan &amp; e-mail to</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="000C1D93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId8">
-        <w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="000C1D93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>access@sunyacc.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId9">
-        <w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="000C1D93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
             <w:color w:val="0563C1"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId10">
-        <w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="000C1D93">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Preferred Method)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:spacing w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Fax to</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: 518-743-2241</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000038" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:pBdr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="tyjcwt" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
-[...15 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidRPr="00653D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Mail to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SUNY Adirondack</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Attn: Taylor Testa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000003B" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="000C1D93" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>640 Bay Rd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
-[...7 lines deleted...]
-        </w:pBdr>
+    <w:p w:rsidR="00DD050F" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
         <w:spacing w:after="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Queensbury NY 12804</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BC63EA">
-[...3 lines deleted...]
-      <w:pgMar w:top="2299" w:right="1486" w:bottom="1912" w:left="1409" w:header="0" w:footer="720" w:gutter="0"/>
+    <w:p w:rsidR="00DD050F" w:rsidRPr="00DD050F" w:rsidRDefault="00DD050F" w:rsidP="00DD050F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="740"/>
+        </w:tabs>
+        <w:spacing w:after="660"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DD050F" w:rsidRPr="00DD050F" w:rsidSect="00FF7DFA">
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26997A53" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00D9500D" w:rsidRDefault="00D9500D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37253435" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00D9500D" w:rsidRDefault="00D9500D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="0000003D" w14:textId="77777777" w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
+  <w:p w:rsidR="00BC63EA" w:rsidRDefault="00C948B2">
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Updated 8.14.18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="707F765C" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00D9500D" w:rsidRDefault="00D9500D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B6CF24C" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00C948B2">
+    <w:p w:rsidR="00D9500D" w:rsidRDefault="00D9500D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...4 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C4A4F93"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F24CE814"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FBA22B0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CB285ECA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="684B4205"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0CFC97D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1C1C1C"/>
         <w:sz w:val="19"/>
-        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78104C56"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="988EFC90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC63EA"/>
+    <w:rsid w:val="000C1D93"/>
+    <w:rsid w:val="001C5EBE"/>
+    <w:rsid w:val="002B7F9C"/>
+    <w:rsid w:val="00483ACE"/>
+    <w:rsid w:val="005A34AA"/>
+    <w:rsid w:val="005E0765"/>
+    <w:rsid w:val="00653D99"/>
+    <w:rsid w:val="0089684C"/>
+    <w:rsid w:val="00A27C6F"/>
+    <w:rsid w:val="00A93CAA"/>
+    <w:rsid w:val="00AF6989"/>
     <w:rsid w:val="00BC63EA"/>
     <w:rsid w:val="00C948B2"/>
+    <w:rsid w:val="00CD3222"/>
+    <w:rsid w:val="00D9500D"/>
+    <w:rsid w:val="00DD050F"/>
+    <w:rsid w:val="00DE50A8"/>
+    <w:rsid w:val="00E3290B"/>
     <w:rsid w:val="00E4114D"/>
+    <w:rsid w:val="00FF7DFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:docId w15:val="{8FE6D956-D0A6-4AF9-BC5A-0E602A49FC62}"/>
+  <w14:docId w14:val="119403B1"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{E7D22062-E815-43AE-BD1C-C5F4A2EF9C4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3587,284 +3382,427 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A27C6F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A27C6F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A27C6F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A27C6F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF6989"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AF6989"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:access@sunyacc.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4147,66 +4085,79 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5003</Characters>
+  <Pages>5</Pages>
+  <Words>916</Words>
+  <Characters>5225</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SUNY Adirondack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5869</CharactersWithSpaces>
+  <CharactersWithSpaces>6129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Kyle Ainsworth</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>1795bd7a-89cf-411f-8b33-87a5a1cfab90</vt:lpwstr>
+  </property>
+</Properties>
+</file>