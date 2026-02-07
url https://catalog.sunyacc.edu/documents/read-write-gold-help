--- v0 (2025-10-15)
+++ v1 (2026-02-07)
@@ -1,710 +1,240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00E45DDB" w:rsidRPr="004D527C" w:rsidRDefault="00E45DDB" w:rsidP="00E45DDB">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> RWG is a software that makes the web, documents and files more accessible - any time, any place, and on any platform or device. From reading on-screen text aloud to researching and checking written work, Read &amp; Write Gold makes lots of everyday tasks easier.</w:t>
+    <w:p w:rsidR="00E67C68" w:rsidRDefault="008D4656" w:rsidP="008D4656">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Read Write Gold Installation Guide</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E45DDB" w:rsidRPr="004D527C" w:rsidRDefault="00E45DDB" w:rsidP="00E45DDB">
-[...22 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656"/>
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Step 1: Click the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="008D4656">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Installation Start Link for </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008D4656">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Read&amp;Write</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E45DDB" w:rsidRDefault="00F2555B" w:rsidP="00E45DDB">
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-      </w:hyperlink>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Click continue </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F2555B" w:rsidRDefault="00F2555B" w:rsidP="00F2555B">
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...55 lines deleted...]
-        </w:drawing>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Select </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Read&amp;Write</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, select which platform you want to install the product on (ex. Windows, Mac, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) and click continue</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F2555B" w:rsidRDefault="00F2555B" w:rsidP="00F2555B">
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:t>Choose the correct download for your platform (Chrome Users will also need to download an extension from the Google Play Store)</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>On Licenses, select Group and then click continue</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F2555B" w:rsidRDefault="00F2555B" w:rsidP="00F2555B">
-[...65 lines deleted...]
-    <w:p w:rsidR="00822A57" w:rsidRDefault="00822A57" w:rsidP="00822A57">
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:t>Once Downloaded and the toolbar appears at the top of your screen</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Under Authentication, select google workplace, Microsoft 365 and other.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Under Download products, click the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Read&amp;Write</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Download link for your chosen platform</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00822A57" w:rsidRDefault="00822A57" w:rsidP="00822A57">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Step 2: Run Installation of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Read&amp;Write</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00822A57" w:rsidRDefault="00822A57" w:rsidP="00822A57">
-[...48 lines deleted...]
-        </w:drawing>
+    <w:p w:rsidR="008D4656" w:rsidRPr="008D4656" w:rsidRDefault="008D4656" w:rsidP="008D4656">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Step 3: Sign in using your </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Wolfmail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> account </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00822A57" w:rsidRDefault="00822A57" w:rsidP="00822A57">
-[...187 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId14"/>
+    <w:sectPr w:rsidR="008D4656" w:rsidRPr="008D4656">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...56 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28CA1421"/>
+    <w:nsid w:val="2BF1676D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="573C216C"/>
+    <w:tmpl w:val="0A025836"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -746,129 +276,190 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78246198"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C46AC418"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E174D"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00F2555B"/>
+    <w:rsidRoot w:val="008D4656"/>
+    <w:rsid w:val="008D4656"/>
+    <w:rsid w:val="00E67C68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7F8F21AD"/>
+  <w14:docId w14:val="0DCAC5CB"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{950E3B65-988E-4670-9098-BBB2DB6BD8F6}"/>
+  <w15:docId w15:val="{3D328B67-F57D-4EF5-92F9-30E16A49D1C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1226,292 +817,373 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D4656"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008D4656"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D4656"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D4656"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D4656"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="008D4656"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008F051C"/>
+    <w:rsid w:val="008D4656"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
-[...65 lines deleted...]
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A03CD"/>
+    <w:rsid w:val="008D4656"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D4656"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLvSZbmGbKpCSms6EDxSVm7oaysekYLIPZ" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/confirmation/readandwrite-product-trial-confirmation/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLvSZbmGbKpCTkk3S93CXtQWNf50f_Ow3D" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLvSZbmGbKpCQEi1OB-nu-wA5KexHppO9C" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.texthelp.com/Install/Start" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1618,74 +1290,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19FA8175-AACF-4C4A-8C49-67D5355BE79A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1043</Characters>
+  <Pages>1</Pages>
+  <Words>85</Words>
+  <Characters>489</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Adirondack Community College</Company>
+  <Company>SUNY Adirondack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1223</CharactersWithSpaces>
+  <CharactersWithSpaces>573</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Read&amp;Write Guide</dc:title>
   <dc:subject/>
-  <dc:creator>CT Support Account</dc:creator>
+  <dc:creator>Kyle Ainsworth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>